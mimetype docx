--- v0 (2025-11-08)
+++ v1 (2026-01-08)
@@ -45780,47 +45780,48 @@
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1934</Words>
   <Characters>10638</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>88</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Manager>Dirección General de Promoción Industrial e InnovaciónDirección General de Promoción Industrial e Innovación</Manager>
+  <Company>Gobierno de Aragón</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12547</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>E0012. Certificado de instalación de suministro de agua</dc:title>
   <dc:subject/>
-  <dc:creator>Administrador</dc:creator>
+  <dc:creator>Servicio de Metrología, Seguridad y Calidad Industrial</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>